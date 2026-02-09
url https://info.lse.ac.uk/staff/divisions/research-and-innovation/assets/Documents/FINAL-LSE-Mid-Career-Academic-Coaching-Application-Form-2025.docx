--- v0 (2025-10-22)
+++ v1 (2026-02-09)
@@ -462,131 +462,113 @@
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:eastAsia="Times New Roman" w:hAnsi="Roboto" w:cs="Open Sans"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7D74BF40" w14:textId="77777777" w:rsidR="005D081B" w:rsidRDefault="005D081B" w:rsidP="008F5663">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:eastAsia="Times New Roman" w:hAnsi="Roboto" w:cs="Open Sans"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3F27D54B" w14:textId="77777777" w:rsidR="00CB5033" w:rsidRDefault="00CB5033" w:rsidP="00CB5033">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:eastAsia="Times New Roman" w:hAnsi="Roboto" w:cs="Open Sans"/>
           <w:iCs/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="72647A73" w14:textId="42686D24" w:rsidR="00FE3B4E" w:rsidRDefault="00FE3B4E" w:rsidP="26276B0E">
+    <w:p w14:paraId="72647A73" w14:textId="66B7ADC4" w:rsidR="00FE3B4E" w:rsidRDefault="00FE3B4E" w:rsidP="26276B0E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:eastAsia="Times New Roman" w:hAnsi="Roboto" w:cs="Open Sans"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="641FD7FF">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:eastAsia="Times New Roman" w:hAnsi="Roboto" w:cs="Open Sans"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Please return </w:t>
       </w:r>
       <w:r w:rsidR="00C76EB0" w:rsidRPr="641FD7FF">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:eastAsia="Times New Roman" w:hAnsi="Roboto" w:cs="Open Sans"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">by email </w:t>
       </w:r>
       <w:r w:rsidR="0064462B" w:rsidRPr="641FD7FF">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:eastAsia="Times New Roman" w:hAnsi="Roboto" w:cs="Open Sans"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">by </w:t>
       </w:r>
-      <w:r w:rsidR="00667402">
+      <w:r w:rsidR="007269D0">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:eastAsia="Times New Roman" w:hAnsi="Roboto" w:cs="Open Sans"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>9:30am</w:t>
+        <w:t>end of day,</w:t>
       </w:r>
       <w:r w:rsidR="0064462B" w:rsidRPr="641FD7FF">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:eastAsia="Times New Roman" w:hAnsi="Roboto" w:cs="Open Sans"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> on </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="76D2F129" w:rsidRPr="641FD7FF">
+      <w:r w:rsidR="007269D0">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:eastAsia="Times New Roman" w:hAnsi="Roboto" w:cs="Open Sans"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>Monday</w:t>
-[...17 lines deleted...]
-        <w:t>10</w:t>
+        <w:t>Friday, 14</w:t>
       </w:r>
       <w:r w:rsidR="76A7BCDC" w:rsidRPr="641FD7FF">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:eastAsia="Times New Roman" w:hAnsi="Roboto" w:cs="Open Sans"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> November</w:t>
       </w:r>
       <w:r w:rsidR="0064462B" w:rsidRPr="641FD7FF">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:eastAsia="Times New Roman" w:hAnsi="Roboto" w:cs="Open Sans"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> 202</w:t>
       </w:r>
       <w:r w:rsidR="1DEAE267" w:rsidRPr="641FD7FF">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:eastAsia="Times New Roman" w:hAnsi="Roboto" w:cs="Open Sans"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="en-GB"/>
@@ -1588,51 +1570,50 @@
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9016"/>
       </w:tblGrid>
       <w:tr w:rsidR="00C86B78" w:rsidRPr="0098629E" w14:paraId="23A55C77" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9016" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="43758F10" w14:textId="7CE2FA91" w:rsidR="00C86B78" w:rsidRPr="000132E4" w:rsidRDefault="00C86B78" w:rsidP="007D45B5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:eastAsia="Times New Roman" w:hAnsi="Roboto" w:cs="Open Sans"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000132E4" w:rsidDel="00C86B78">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:eastAsia="Times New Roman" w:hAnsi="Roboto" w:cs="Open Sans"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Why do you think coaching is right for you at this moment in your career? </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0FFE2385" w14:textId="77777777" w:rsidR="00C86B78" w:rsidRPr="0098629E" w:rsidRDefault="00C86B78">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:eastAsia="Times New Roman" w:hAnsi="Roboto" w:cs="Open Sans"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0098629E">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:eastAsia="Times New Roman" w:hAnsi="Roboto" w:cs="Open Sans"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>(100 words max)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C86B78" w:rsidRPr="0098629E" w14:paraId="335FDA4A" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9016" w:type="dxa"/>
           </w:tcPr>
@@ -2144,51 +2125,50 @@
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9016"/>
       </w:tblGrid>
       <w:tr w:rsidR="00A97F4F" w:rsidRPr="0098629E" w14:paraId="1680D950" w14:textId="77777777" w:rsidTr="312F5C95">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9016" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="06F23FA9" w14:textId="701597F3" w:rsidR="00A97F4F" w:rsidRPr="0098629E" w:rsidRDefault="00CB604E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:eastAsia="Times New Roman" w:hAnsi="Roboto" w:cs="Open Sans"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C46531">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:eastAsia="Times New Roman" w:hAnsi="Roboto" w:cs="Open Sans"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">4. </w:t>
             </w:r>
             <w:r w:rsidR="00786371" w:rsidRPr="00C46531">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:eastAsia="Times New Roman" w:hAnsi="Roboto" w:cs="Open Sans"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">The mid-career coaching programme is part of LSE’s commitment to strengthening its research culture, which focuses on responsible practice, a supportive environment and a stimulating ecosystem. How do you hope your coaching experience will enable you to positively influence this culture (for example, through mentoring, community building, fostering collaboration, promoting inclusion or driving positive change within your department or the </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="00786371" w:rsidRPr="00C46531">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:eastAsia="Times New Roman" w:hAnsi="Roboto" w:cs="Open Sans"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>School</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidR="00786371" w:rsidRPr="00C46531">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:eastAsia="Times New Roman" w:hAnsi="Roboto" w:cs="Open Sans"/>
@@ -4173,147 +4153,145 @@
     </w:p>
     <w:p w14:paraId="468E2AA9" w14:textId="77777777" w:rsidR="00CC3927" w:rsidRPr="001901ED" w:rsidRDefault="00CC3927" w:rsidP="001901ED">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:eastAsia="Times New Roman" w:hAnsi="Roboto" w:cs="Open Sans"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00CC3927" w:rsidRPr="001901ED" w:rsidSect="006A1B97">
       <w:headerReference w:type="default" r:id="rId12"/>
       <w:footerReference w:type="default" r:id="rId13"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1985" w:right="1440" w:bottom="1440" w:left="1440" w:header="709" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6EB4CEA6" w14:textId="77777777" w:rsidR="00FE61C1" w:rsidRDefault="00FE61C1" w:rsidP="002C6FC2">
+    <w:p w14:paraId="24D10134" w14:textId="77777777" w:rsidR="00612FE3" w:rsidRDefault="00612FE3" w:rsidP="002C6FC2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3045A0EA" w14:textId="77777777" w:rsidR="00FE61C1" w:rsidRDefault="00FE61C1" w:rsidP="002C6FC2">
+    <w:p w14:paraId="759822F5" w14:textId="77777777" w:rsidR="00612FE3" w:rsidRDefault="00612FE3" w:rsidP="002C6FC2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
-    <w:family w:val="decorative"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
-    <w:charset w:val="4D"/>
-    <w:family w:val="decorative"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Open Sans">
-    <w:panose1 w:val="020B0606030504020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002EF" w:usb1="4000205B" w:usb2="00000028" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Roboto">
-    <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0000AFF" w:usb1="5000217F" w:usb2="00000021" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
@@ -4349,61 +4327,61 @@
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="72647B9F" w14:textId="77777777" w:rsidR="00975A91" w:rsidRDefault="00975A91">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6DDB6D42" w14:textId="77777777" w:rsidR="00FE61C1" w:rsidRDefault="00FE61C1" w:rsidP="002C6FC2">
+    <w:p w14:paraId="417006EC" w14:textId="77777777" w:rsidR="00612FE3" w:rsidRDefault="00612FE3" w:rsidP="002C6FC2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6A9F6F3C" w14:textId="77777777" w:rsidR="00FE61C1" w:rsidRDefault="00FE61C1" w:rsidP="002C6FC2">
+    <w:p w14:paraId="32E8CD70" w14:textId="77777777" w:rsidR="00612FE3" w:rsidRDefault="00612FE3" w:rsidP="002C6FC2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="72647B9C" w14:textId="4A0D267F" w:rsidR="002C6FC2" w:rsidRDefault="00EB4772" w:rsidP="00EB4772">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0EEF2B2A" wp14:editId="017DAE9E">
           <wp:extent cx="1689512" cy="601980"/>
@@ -6730,51 +6708,51 @@
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="329451302">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="170067354">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="46036244">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="1637101259">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="945773098">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="1115439636">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="147"/>
+  <w:zoom w:percent="40"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002C6FC2"/>
     <w:rsid w:val="00003E02"/>
     <w:rsid w:val="00004C8A"/>
     <w:rsid w:val="000067F9"/>
     <w:rsid w:val="00006BAB"/>
@@ -6957,96 +6935,100 @@
     <w:rsid w:val="00576E0A"/>
     <w:rsid w:val="00581673"/>
     <w:rsid w:val="00582473"/>
     <w:rsid w:val="00582CE9"/>
     <w:rsid w:val="00584758"/>
     <w:rsid w:val="00590405"/>
     <w:rsid w:val="00593C69"/>
     <w:rsid w:val="005971ED"/>
     <w:rsid w:val="005A42F8"/>
     <w:rsid w:val="005A7158"/>
     <w:rsid w:val="005B0FF2"/>
     <w:rsid w:val="005B190B"/>
     <w:rsid w:val="005B2872"/>
     <w:rsid w:val="005B2C6B"/>
     <w:rsid w:val="005B5668"/>
     <w:rsid w:val="005D076F"/>
     <w:rsid w:val="005D081B"/>
     <w:rsid w:val="005D2C06"/>
     <w:rsid w:val="005E3361"/>
     <w:rsid w:val="005E6561"/>
     <w:rsid w:val="005E6DD3"/>
     <w:rsid w:val="005E7DD6"/>
     <w:rsid w:val="005F6C12"/>
     <w:rsid w:val="00602104"/>
     <w:rsid w:val="00611735"/>
+    <w:rsid w:val="00612FE3"/>
     <w:rsid w:val="00613D98"/>
     <w:rsid w:val="0061421E"/>
     <w:rsid w:val="0062024D"/>
     <w:rsid w:val="0062244F"/>
     <w:rsid w:val="00626188"/>
     <w:rsid w:val="00632569"/>
     <w:rsid w:val="00633E1D"/>
+    <w:rsid w:val="00634C27"/>
     <w:rsid w:val="006368D5"/>
     <w:rsid w:val="0064462B"/>
     <w:rsid w:val="0065468A"/>
     <w:rsid w:val="006573DF"/>
     <w:rsid w:val="00657FC2"/>
     <w:rsid w:val="00667402"/>
     <w:rsid w:val="0067083C"/>
     <w:rsid w:val="00671ED4"/>
     <w:rsid w:val="0068267F"/>
     <w:rsid w:val="00684D8E"/>
     <w:rsid w:val="00693C60"/>
     <w:rsid w:val="00693E3F"/>
     <w:rsid w:val="00693FC6"/>
     <w:rsid w:val="0069790C"/>
     <w:rsid w:val="006A095F"/>
     <w:rsid w:val="006A1B97"/>
     <w:rsid w:val="006A27E6"/>
     <w:rsid w:val="006A287D"/>
     <w:rsid w:val="006B5DF3"/>
     <w:rsid w:val="006B6DAB"/>
     <w:rsid w:val="006C51F2"/>
     <w:rsid w:val="006C58FD"/>
     <w:rsid w:val="006C5F99"/>
     <w:rsid w:val="006C6EB2"/>
     <w:rsid w:val="006C75CE"/>
     <w:rsid w:val="006D0E3A"/>
     <w:rsid w:val="006D4292"/>
     <w:rsid w:val="006D51AB"/>
     <w:rsid w:val="006D630D"/>
     <w:rsid w:val="006E17C9"/>
+    <w:rsid w:val="006E39D2"/>
     <w:rsid w:val="006E6F88"/>
     <w:rsid w:val="006E709A"/>
     <w:rsid w:val="006F0DF7"/>
     <w:rsid w:val="006F3B30"/>
     <w:rsid w:val="006F640B"/>
     <w:rsid w:val="00701FCB"/>
     <w:rsid w:val="007105FE"/>
     <w:rsid w:val="00710650"/>
     <w:rsid w:val="00711DD3"/>
+    <w:rsid w:val="007269D0"/>
     <w:rsid w:val="00726C86"/>
     <w:rsid w:val="0072721C"/>
     <w:rsid w:val="00727DA1"/>
     <w:rsid w:val="00731A5E"/>
     <w:rsid w:val="00731F15"/>
     <w:rsid w:val="00732257"/>
     <w:rsid w:val="00754C6B"/>
     <w:rsid w:val="007556BD"/>
     <w:rsid w:val="00756BDC"/>
     <w:rsid w:val="0077737F"/>
     <w:rsid w:val="00786371"/>
     <w:rsid w:val="00786BDA"/>
     <w:rsid w:val="00794237"/>
     <w:rsid w:val="007A0E50"/>
     <w:rsid w:val="007A1ED1"/>
     <w:rsid w:val="007A228C"/>
     <w:rsid w:val="007A54A3"/>
     <w:rsid w:val="007A6E86"/>
     <w:rsid w:val="007A79CB"/>
     <w:rsid w:val="007B1F5A"/>
     <w:rsid w:val="007B277A"/>
     <w:rsid w:val="007D0C83"/>
     <w:rsid w:val="007D1F4A"/>
     <w:rsid w:val="007D45B5"/>
     <w:rsid w:val="007E2F45"/>
@@ -7136,50 +7118,51 @@
     <w:rsid w:val="00A41A2D"/>
     <w:rsid w:val="00A42554"/>
     <w:rsid w:val="00A45229"/>
     <w:rsid w:val="00A4639A"/>
     <w:rsid w:val="00A51CEA"/>
     <w:rsid w:val="00A51DCE"/>
     <w:rsid w:val="00A53F54"/>
     <w:rsid w:val="00A6073D"/>
     <w:rsid w:val="00A617BF"/>
     <w:rsid w:val="00A646DA"/>
     <w:rsid w:val="00A67C0C"/>
     <w:rsid w:val="00A73506"/>
     <w:rsid w:val="00A76EB6"/>
     <w:rsid w:val="00A96A0F"/>
     <w:rsid w:val="00A97F4F"/>
     <w:rsid w:val="00AA0F12"/>
     <w:rsid w:val="00AA126D"/>
     <w:rsid w:val="00AC448D"/>
     <w:rsid w:val="00AC6445"/>
     <w:rsid w:val="00AD154E"/>
     <w:rsid w:val="00AD77E0"/>
     <w:rsid w:val="00AE4B68"/>
     <w:rsid w:val="00AF676E"/>
     <w:rsid w:val="00B035CC"/>
     <w:rsid w:val="00B109A6"/>
+    <w:rsid w:val="00B11BE0"/>
     <w:rsid w:val="00B173AA"/>
     <w:rsid w:val="00B41F22"/>
     <w:rsid w:val="00B540C6"/>
     <w:rsid w:val="00B55950"/>
     <w:rsid w:val="00B654B7"/>
     <w:rsid w:val="00B72548"/>
     <w:rsid w:val="00B86345"/>
     <w:rsid w:val="00B94751"/>
     <w:rsid w:val="00B96B4F"/>
     <w:rsid w:val="00BA2E6B"/>
     <w:rsid w:val="00BA3790"/>
     <w:rsid w:val="00BA5F0F"/>
     <w:rsid w:val="00BB2C23"/>
     <w:rsid w:val="00BB3E3C"/>
     <w:rsid w:val="00BB49E8"/>
     <w:rsid w:val="00BB5E68"/>
     <w:rsid w:val="00BB6138"/>
     <w:rsid w:val="00BB61CB"/>
     <w:rsid w:val="00BC15C2"/>
     <w:rsid w:val="00BC372E"/>
     <w:rsid w:val="00BC6402"/>
     <w:rsid w:val="00BC6EE3"/>
     <w:rsid w:val="00BF0894"/>
     <w:rsid w:val="00BF1FAA"/>
     <w:rsid w:val="00BF264E"/>
@@ -7308,50 +7291,51 @@
     <w:rsid w:val="00F009C6"/>
     <w:rsid w:val="00F030DE"/>
     <w:rsid w:val="00F210B9"/>
     <w:rsid w:val="00F2601D"/>
     <w:rsid w:val="00F2746D"/>
     <w:rsid w:val="00F35212"/>
     <w:rsid w:val="00F43106"/>
     <w:rsid w:val="00F521E2"/>
     <w:rsid w:val="00F540F6"/>
     <w:rsid w:val="00F60BEB"/>
     <w:rsid w:val="00F62FB6"/>
     <w:rsid w:val="00F65C55"/>
     <w:rsid w:val="00F66797"/>
     <w:rsid w:val="00F772A5"/>
     <w:rsid w:val="00F7770B"/>
     <w:rsid w:val="00F90604"/>
     <w:rsid w:val="00F944EC"/>
     <w:rsid w:val="00FA2D20"/>
     <w:rsid w:val="00FA51F2"/>
     <w:rsid w:val="00FB6BBC"/>
     <w:rsid w:val="00FC12AC"/>
     <w:rsid w:val="00FC2DA4"/>
     <w:rsid w:val="00FC361E"/>
     <w:rsid w:val="00FC789E"/>
     <w:rsid w:val="00FD40D3"/>
+    <w:rsid w:val="00FD46A2"/>
     <w:rsid w:val="00FD4856"/>
     <w:rsid w:val="00FE2DAE"/>
     <w:rsid w:val="00FE3B4E"/>
     <w:rsid w:val="00FE45B8"/>
     <w:rsid w:val="00FE61C1"/>
     <w:rsid w:val="00FE77A9"/>
     <w:rsid w:val="00FF2862"/>
     <w:rsid w:val="00FF4D6F"/>
     <w:rsid w:val="00FF4EBB"/>
     <w:rsid w:val="012D5DC1"/>
     <w:rsid w:val="016741F5"/>
     <w:rsid w:val="0521802F"/>
     <w:rsid w:val="06650629"/>
     <w:rsid w:val="077EAABD"/>
     <w:rsid w:val="07A6BA91"/>
     <w:rsid w:val="0805CFDB"/>
     <w:rsid w:val="0844D88A"/>
     <w:rsid w:val="0854797B"/>
     <w:rsid w:val="088EC594"/>
     <w:rsid w:val="08972E07"/>
     <w:rsid w:val="08F33B7E"/>
     <w:rsid w:val="091547D0"/>
     <w:rsid w:val="0A26D6ED"/>
     <w:rsid w:val="0BE820F1"/>
     <w:rsid w:val="0D1DDBBC"/>
@@ -8566,219 +8550,217 @@
           <w:r w:rsidRPr="00AB1A04">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
-    <w:family w:val="decorative"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
-    <w:charset w:val="4D"/>
-    <w:family w:val="decorative"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Open Sans">
-    <w:panose1 w:val="020B0606030504020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002EF" w:usb1="4000205B" w:usb2="00000028" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Roboto">
-    <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0000AFF" w:usb1="5000217F" w:usb2="00000021" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
-    <w:panose1 w:val="020B0004020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
-    <w:altName w:val="游明朝"/>
-    <w:panose1 w:val="02020400000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
     <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
-    <w:panose1 w:val="020B0004020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00CA5590"/>
     <w:rsid w:val="000246C0"/>
     <w:rsid w:val="000C627A"/>
     <w:rsid w:val="000D454B"/>
     <w:rsid w:val="0012022B"/>
     <w:rsid w:val="00192E5F"/>
     <w:rsid w:val="00193F19"/>
     <w:rsid w:val="00246DA1"/>
     <w:rsid w:val="0038684B"/>
     <w:rsid w:val="003875E5"/>
     <w:rsid w:val="00415F7C"/>
     <w:rsid w:val="004A2C26"/>
     <w:rsid w:val="00530BF6"/>
     <w:rsid w:val="00533837"/>
     <w:rsid w:val="00560978"/>
     <w:rsid w:val="0058343B"/>
+    <w:rsid w:val="0058698C"/>
+    <w:rsid w:val="005E68DA"/>
     <w:rsid w:val="00611A66"/>
+    <w:rsid w:val="00634C27"/>
     <w:rsid w:val="0068141A"/>
     <w:rsid w:val="00684BB7"/>
     <w:rsid w:val="006A287D"/>
     <w:rsid w:val="006D7CA6"/>
     <w:rsid w:val="00733D8F"/>
     <w:rsid w:val="00816E27"/>
     <w:rsid w:val="00853954"/>
     <w:rsid w:val="008E26A4"/>
     <w:rsid w:val="009534C0"/>
     <w:rsid w:val="00A82E70"/>
     <w:rsid w:val="00BF4E10"/>
     <w:rsid w:val="00C5377B"/>
     <w:rsid w:val="00C825D4"/>
     <w:rsid w:val="00CA5590"/>
     <w:rsid w:val="00CA6BBA"/>
     <w:rsid w:val="00D56005"/>
     <w:rsid w:val="00D84ABC"/>
     <w:rsid w:val="00DC6AEA"/>
     <w:rsid w:val="00E9042D"/>
     <w:rsid w:val="00F521E2"/>
     <w:rsid w:val="00FC361E"/>
+    <w:rsid w:val="00FD46A2"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
@@ -9503,59 +9485,70 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="bc48c29a-f747-437d-b914-51f7320e417c" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="9207afda-5406-4729-80ce-0988deac6892">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100F6C00A9367FF3C489050F6FD7347CBED" ma:contentTypeVersion="11" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="3f1429aaeaa8db993521b0eb59a78fae">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="9207afda-5406-4729-80ce-0988deac6892" xmlns:ns3="bc48c29a-f747-437d-b914-51f7320e417c" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="26bfe99c86267d068c397af793b894fc" ns2:_="" ns3:_="">
     <xsd:import namespace="9207afda-5406-4729-80ce-0988deac6892"/>
     <xsd:import namespace="bc48c29a-f747-437d-b914-51f7320e417c"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
@@ -9706,129 +9699,118 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4FCFC4E4-BC99-450D-9D50-A41AC60AE8B1}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="bc48c29a-f747-437d-b914-51f7320e417c"/>
+    <ds:schemaRef ds:uri="9207afda-5406-4729-80ce-0988deac6892"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8A8494AF-5BF3-4113-9B77-355AA1A2C93D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{399B72F1-8821-462D-833A-E3E883C0CB65}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="9207afda-5406-4729-80ce-0988deac6892"/>
     <ds:schemaRef ds:uri="bc48c29a-f747-437d-b914-51f7320e417c"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...9 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
   <Words>733</Words>
-  <Characters>4180</Characters>
+  <Characters>4183</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>34</Lines>
   <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4904</CharactersWithSpaces>
+  <CharactersWithSpaces>4907</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Dr. Katy R Mahoney Rodetal Ltd / Researcher Coaching</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100F6C00A9367FF3C489050F6FD7347CBED</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">